--- v0 (2025-10-10)
+++ v1 (2026-03-02)
@@ -1,407 +1,407 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.ms-office.activeX"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:id w:val="-29887860"/>
+        <w:id w:val="1618948398"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="2147FEC0" w14:textId="26D61CD1" w:rsidR="00AF6741" w:rsidRDefault="00AF6741" w:rsidP="00AF6741">
+        <w:p w14:paraId="2147FEC0" w14:textId="418F4465" w:rsidR="00AF6741" w:rsidRDefault="00AF6741" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Geef de klacht een passende titel</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="6204D255" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRPr="00EF317A" w:rsidRDefault="00EF317A" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="6"/>
               <w:szCs w:val="6"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="6E05E4C3" w14:textId="3F52ABC8" w:rsidR="00AF6741" w:rsidRDefault="00AF6741" w:rsidP="00AF6741">
+        <w:p w14:paraId="6E05E4C3" w14:textId="3F52ABC8" w:rsidR="00AF6741" w:rsidRDefault="00EC7103" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             </w:rPr>
-            <w:object w:dxaOrig="225" w:dyaOrig="225" w14:anchorId="4EA219E3">
+            <w:pict w14:anchorId="4EA219E3">
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
-              <v:shape id="_x0000_i1039" type="#_x0000_t75" style="width:455.25pt;height:18pt" o:ole="">
+              <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:455.4pt;height:18.1pt">
                 <v:imagedata r:id="rId8" o:title=""/>
               </v:shape>
-              <w:control r:id="rId9" w:name="TextBox1" w:shapeid="_x0000_i1039"/>
-            </w:object>
+            </w:pict>
           </w:r>
         </w:p>
         <w:p w14:paraId="7325FD87" w14:textId="77777777" w:rsidR="00AF6741" w:rsidRDefault="00AF6741" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="137C2B71" w14:textId="77777777" w:rsidR="00AF6741" w:rsidRDefault="00AF6741" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Geef een omschrijving van de klacht</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="1D9B4A38" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRPr="00EF317A" w:rsidRDefault="00EF317A" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="6"/>
               <w:szCs w:val="6"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="697B1AB6" w14:textId="3FE11D69" w:rsidR="00AF6741" w:rsidRDefault="00AF6741" w:rsidP="00AF6741">
+        <w:p w14:paraId="697B1AB6" w14:textId="3FE11D69" w:rsidR="00AF6741" w:rsidRDefault="00EC7103" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             </w:rPr>
-            <w:object w:dxaOrig="225" w:dyaOrig="225" w14:anchorId="3BC7ECB6">
-[...1 lines deleted...]
-                <v:imagedata r:id="rId10" o:title=""/>
+            <w:pict w14:anchorId="3BC7ECB6">
+              <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:455.4pt;height:203.2pt">
+                <v:imagedata r:id="rId9" o:title=""/>
               </v:shape>
-              <w:control r:id="rId11" w:name="TextBox11" w:shapeid="_x0000_i1041"/>
-            </w:object>
+            </w:pict>
           </w:r>
         </w:p>
         <w:p w14:paraId="32BCA630" w14:textId="77777777" w:rsidR="00AF6741" w:rsidRDefault="00AF6741" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="0A4052C3" w14:textId="77777777" w:rsidR="00AF6741" w:rsidRDefault="00AF6741" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Van wie is de klacht?</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="60B3B5B7" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRPr="00EF317A" w:rsidRDefault="00EF317A" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="6"/>
               <w:szCs w:val="6"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="694F1421" w14:textId="011F5031" w:rsidR="00AF6741" w:rsidRDefault="00AF6741" w:rsidP="00AF6741">
+        <w:p w14:paraId="694F1421" w14:textId="011F5031" w:rsidR="00AF6741" w:rsidRDefault="00EC7103" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             </w:rPr>
-            <w:object w:dxaOrig="225" w:dyaOrig="225" w14:anchorId="7FD0D463">
-              <v:shape id="_x0000_i1043" type="#_x0000_t75" style="width:455.25pt;height:18pt" o:ole="">
+            <w:pict w14:anchorId="7FD0D463">
+              <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:455.4pt;height:18.1pt">
                 <v:imagedata r:id="rId8" o:title=""/>
               </v:shape>
-              <w:control r:id="rId12" w:name="TextBox12" w:shapeid="_x0000_i1043"/>
-            </w:object>
+            </w:pict>
           </w:r>
         </w:p>
         <w:p w14:paraId="19C43059" w14:textId="77777777" w:rsidR="00AF6741" w:rsidRDefault="00AF6741" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="167F9190" w14:textId="77777777" w:rsidR="00AF6741" w:rsidRDefault="00AF6741" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Datum van de klacht?</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="370002E0" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRPr="00EF317A" w:rsidRDefault="00EF317A" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="6"/>
               <w:szCs w:val="6"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="167B22BF" w14:textId="06809EEF" w:rsidR="00AF6741" w:rsidRDefault="00AF6741" w:rsidP="00AF6741">
+        <w:p w14:paraId="167B22BF" w14:textId="06809EEF" w:rsidR="00AF6741" w:rsidRDefault="00EC7103" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             </w:rPr>
-            <w:object w:dxaOrig="225" w:dyaOrig="225" w14:anchorId="0970C4BE">
-              <v:shape id="_x0000_i1045" type="#_x0000_t75" style="width:455.25pt;height:18pt" o:ole="">
+            <w:pict w14:anchorId="0970C4BE">
+              <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:455.4pt;height:18.1pt">
                 <v:imagedata r:id="rId8" o:title=""/>
               </v:shape>
-              <w:control r:id="rId13" w:name="TextBox13" w:shapeid="_x0000_i1045"/>
-            </w:object>
+            </w:pict>
           </w:r>
         </w:p>
         <w:p w14:paraId="0CF0A4EC" w14:textId="77777777" w:rsidR="00AF6741" w:rsidRDefault="00AF6741" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="06F3B9AB" w14:textId="77777777" w:rsidR="00AF6741" w:rsidRDefault="00AF6741" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Op welke groep heeft de klacht betrekking?</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="4F2696FC" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRPr="00EF317A" w:rsidRDefault="00EF317A" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="6"/>
               <w:szCs w:val="6"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="167B0E6D" w14:textId="4C184C87" w:rsidR="00AF6741" w:rsidRDefault="00AF6741" w:rsidP="00AF6741">
+        <w:p w14:paraId="167B0E6D" w14:textId="4C184C87" w:rsidR="00AF6741" w:rsidRDefault="00EC7103" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             </w:rPr>
-            <w:object w:dxaOrig="225" w:dyaOrig="225" w14:anchorId="46385A5B">
-              <v:shape id="_x0000_i1047" type="#_x0000_t75" style="width:455.25pt;height:18pt" o:ole="">
+            <w:pict w14:anchorId="46385A5B">
+              <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:455.4pt;height:18.1pt">
                 <v:imagedata r:id="rId8" o:title=""/>
               </v:shape>
-              <w:control r:id="rId14" w:name="TextBox14" w:shapeid="_x0000_i1047"/>
-            </w:object>
+            </w:pict>
           </w:r>
         </w:p>
         <w:p w14:paraId="09E52D04" w14:textId="77777777" w:rsidR="00AF6741" w:rsidRDefault="00AF6741" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="37FC9585" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="00AF6741" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Waarop heeft de klacht betrekking?</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="7000E974" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRPr="00EF317A" w:rsidRDefault="00EF317A" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="6"/>
               <w:szCs w:val="6"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:bookmarkStart w:id="0" w:name="_Hlk66192423"/>
-        <w:p w14:paraId="6E08F4AF" w14:textId="77777777" w:rsidR="00AF6741" w:rsidRDefault="000B34B8" w:rsidP="00AF6741">
+        <w:p w14:paraId="6E08F4AF" w14:textId="77777777" w:rsidR="00AF6741" w:rsidRDefault="00EC7103" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="665596325"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="004A2687" w:rsidRPr="004A2687">
                 <w:rPr>
@@ -411,366 +411,366 @@
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="004A2687">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:bookmarkEnd w:id="0"/>
           <w:r w:rsidR="004A2687">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Pedagogisch beleid/handelen van onze medewerkers</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="689FCCFE" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="000B34B8" w:rsidP="00AF6741">
+        <w:p w14:paraId="689FCCFE" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="00EC7103" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="250391688"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00EF317A" w:rsidRPr="004A2687">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="00EF317A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> Beleid op het gebied van voeding, opvoeding, veiligheid en gezondheid </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="55880A02" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="000B34B8" w:rsidP="00EF317A">
+        <w:p w14:paraId="55880A02" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="00EC7103" w:rsidP="00EF317A">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="1390147027"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00EF317A" w:rsidRPr="004A2687">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="00EF317A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> Inrichting van de locatie, zowel binnen als buiten </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5EF4D17B" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="000B34B8" w:rsidP="00EF317A">
+        <w:p w14:paraId="5EF4D17B" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="00EC7103" w:rsidP="00EF317A">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="-1077275560"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00EF317A" w:rsidRPr="004A2687">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="00EF317A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> (Communicatie over) het wijzigen van de tarieven</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="711544F5" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="000B34B8" w:rsidP="00EF317A">
+        <w:p w14:paraId="711544F5" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="00EC7103" w:rsidP="00EF317A">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="-142276949"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00EF317A" w:rsidRPr="004A2687">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="00EF317A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> Contracten, verandering van opvanguren en/of opzegtermijn</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="58034CB6" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="000B34B8" w:rsidP="00EF317A">
+        <w:p w14:paraId="58034CB6" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="00EC7103" w:rsidP="00EF317A">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="314149681"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00EF317A" w:rsidRPr="004A2687">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="00EF317A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> Financiële administratie en de afhandeling ervan</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="11A2B691" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="000B34B8" w:rsidP="00EF317A">
+        <w:p w14:paraId="11A2B691" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="00EC7103" w:rsidP="00EF317A">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="-1590772650"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00EF317A" w:rsidRPr="004A2687">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="00EF317A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> Telefonische bereikbaarheid en de wijze waarop je te woord wordt gestaan</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="2A4280FD" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="000B34B8" w:rsidP="00EF317A">
+        <w:p w14:paraId="2A4280FD" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="00EC7103" w:rsidP="00EF317A">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="-1801056927"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00EF317A" w:rsidRPr="004A2687">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="00EF317A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> Openingstijden</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="545B391C" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="000B34B8" w:rsidP="00EF317A">
+        <w:p w14:paraId="545B391C" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="00EC7103" w:rsidP="00EF317A">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="-732703552"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00EF317A" w:rsidRPr="004A2687">
                 <w:rPr>
@@ -787,621 +787,692 @@
           <w:r w:rsidR="00EF317A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> Anders, </w:t>
           </w:r>
           <w:r w:rsidR="003C47BC">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>nl.</w:t>
           </w:r>
           <w:r w:rsidR="00EF317A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>:</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4AAAC0C9" w14:textId="34A79046" w:rsidR="00EF317A" w:rsidRDefault="00EF317A" w:rsidP="00EF317A">
+        <w:p w14:paraId="4AAAC0C9" w14:textId="34A79046" w:rsidR="00EF317A" w:rsidRDefault="00EC7103" w:rsidP="00EF317A">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             </w:rPr>
-            <w:object w:dxaOrig="225" w:dyaOrig="225" w14:anchorId="7AEF2AC6">
-[...1 lines deleted...]
-                <v:imagedata r:id="rId15" o:title=""/>
+            <w:pict w14:anchorId="7AEF2AC6">
+              <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:455.4pt;height:61.4pt">
+                <v:imagedata r:id="rId10" o:title=""/>
               </v:shape>
-              <w:control r:id="rId16" w:name="TextBox141" w:shapeid="_x0000_i1049"/>
-            </w:object>
+            </w:pict>
           </w:r>
         </w:p>
         <w:p w14:paraId="13B2C227" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="00EF317A" w:rsidP="00EF317A">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="4BCF118F" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="00EF317A" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61E1680C" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="00EF317A" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:lastRenderedPageBreak/>
             <w:t>Had de klacht kunnen voorkomen worden?</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="1F61910B" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRPr="00480983" w:rsidRDefault="00EF317A" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="6"/>
               <w:szCs w:val="6"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="7D06100F" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="000B34B8" w:rsidP="00AF6741">
+        <w:p w14:paraId="7D06100F" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="00EC7103" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="-20324845"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00EF317A" w:rsidRPr="004A2687">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="003C47BC">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> Ja, namelijk (motiveer je antwoord bij ‘Anders, nl’)</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="6CA31113" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="000B34B8" w:rsidP="00AF6741">
+        <w:p w14:paraId="6CA31113" w14:textId="77777777" w:rsidR="00EF317A" w:rsidRDefault="00EC7103" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="-1586143115"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00EF317A" w:rsidRPr="004A2687">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="003C47BC">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> Nee, namelijk (motiveer je antwoord bij ‘Anders, nl’)</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="46D2E908" w14:textId="77777777" w:rsidR="003C47BC" w:rsidRDefault="000B34B8" w:rsidP="003C47BC">
+        <w:p w14:paraId="46D2E908" w14:textId="77777777" w:rsidR="003C47BC" w:rsidRDefault="00EC7103" w:rsidP="003C47BC">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="-543061104"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="003C47BC" w:rsidRPr="004A2687">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="003C47BC">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> Anders, nl.:</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="2442BDBC" w14:textId="5B307C63" w:rsidR="003C47BC" w:rsidRDefault="003C47BC" w:rsidP="003C47BC">
+        <w:p w14:paraId="2442BDBC" w14:textId="5B307C63" w:rsidR="003C47BC" w:rsidRDefault="00EC7103" w:rsidP="003C47BC">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             </w:rPr>
-            <w:object w:dxaOrig="225" w:dyaOrig="225" w14:anchorId="4448E657">
-[...1 lines deleted...]
-                <v:imagedata r:id="rId15" o:title=""/>
+            <w:pict w14:anchorId="4448E657">
+              <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:455.4pt;height:61.4pt">
+                <v:imagedata r:id="rId10" o:title=""/>
               </v:shape>
-              <w:control r:id="rId17" w:name="TextBox1411" w:shapeid="_x0000_i1051"/>
-            </w:object>
+            </w:pict>
           </w:r>
         </w:p>
         <w:p w14:paraId="2F75A95E" w14:textId="77777777" w:rsidR="003C47BC" w:rsidRDefault="003C47BC" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="4FEF4D58" w14:textId="77777777" w:rsidR="00480983" w:rsidRDefault="00480983" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve">Bij wie wil je de klacht melden? </w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="2A770CC6" w14:textId="77777777" w:rsidR="005A061F" w:rsidRPr="005A061F" w:rsidRDefault="005A061F" w:rsidP="00AF6741">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="6"/>
               <w:szCs w:val="6"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="3431DFAC" w14:textId="77777777" w:rsidR="005A061F" w:rsidRDefault="000B34B8" w:rsidP="005A061F">
+        <w:p w14:paraId="3431DFAC" w14:textId="77777777" w:rsidR="005A061F" w:rsidRDefault="00EC7103" w:rsidP="005A061F">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="93218875"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="005A061F" w:rsidRPr="004A2687">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="005A061F">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> Herbert Prins – Directeur-bestuurder</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5FF4AC9C" w14:textId="77777777" w:rsidR="005A061F" w:rsidRDefault="000B34B8" w:rsidP="005A061F">
+        <w:p w14:paraId="5FF4AC9C" w14:textId="77777777" w:rsidR="005A061F" w:rsidRDefault="00EC7103" w:rsidP="005A061F">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="2093121750"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="005A061F" w:rsidRPr="004A2687">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="005A061F">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> Esther Wolterinck – Manager bedrijfsvoering</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="488EC6D8" w14:textId="77777777" w:rsidR="005A061F" w:rsidRDefault="000B34B8" w:rsidP="005A061F">
+        <w:p w14:paraId="488EC6D8" w14:textId="77777777" w:rsidR="005A061F" w:rsidRDefault="00EC7103" w:rsidP="005A061F">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="-312177488"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="005A061F" w:rsidRPr="004A2687">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="005A061F">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> Colet Manders – Manager kinderopvang</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="286F3512" w14:textId="77777777" w:rsidR="005A061F" w:rsidRDefault="000B34B8" w:rsidP="005A061F">
+        <w:p w14:paraId="286F3512" w14:textId="77777777" w:rsidR="005A061F" w:rsidRDefault="00EC7103" w:rsidP="005A061F">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="-1557456455"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="005A061F" w:rsidRPr="004A2687">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="005A061F">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> Nanny Nijenhuis – Manager kinderopvang</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4D53BCE5" w14:textId="77777777" w:rsidR="005A061F" w:rsidRDefault="000B34B8" w:rsidP="005A061F">
+        <w:p w14:paraId="4D53BCE5" w14:textId="3C4827A7" w:rsidR="005A061F" w:rsidRDefault="00EC7103" w:rsidP="005A061F">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="540874856"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="005A061F" w:rsidRPr="004A2687">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="005A061F">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t xml:space="preserve"> Ester Voorburg – Manager gastouderopvang</w:t>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
-        </w:p>
-        <w:p w14:paraId="2082705D" w14:textId="21BF76E0" w:rsidR="005A061F" w:rsidRDefault="000B34B8" w:rsidP="005A061F">
+          <w:r w:rsidR="00AC4C6F">
+            <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Helga de Krosse</w:t>
+          </w:r>
+          <w:r w:rsidR="005A061F">
+            <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> – Manager </w:t>
+          </w:r>
+          <w:r w:rsidR="00AC4C6F">
+            <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>kinderopvang</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="4635F2B2" w14:textId="2D9D3994" w:rsidR="00AC4C6F" w:rsidRDefault="00EC7103" w:rsidP="005A061F">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:id w:val="-1027486598"/>
+              <w14:checkbox>
+                <w14:checked w14:val="0"/>
+                <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+              </w14:checkbox>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:r w:rsidR="00AC4C6F" w:rsidRPr="004A2687">
+                <w:rPr>
+                  <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>☐</w:t>
+              </w:r>
+            </w:sdtContent>
+          </w:sdt>
+          <w:r w:rsidR="00AC4C6F">
+            <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Jill de Bruin – Manager kinderopvang</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="2082705D" w14:textId="00F0105E" w:rsidR="005A061F" w:rsidRDefault="005A061F" w:rsidP="005A061F">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="42534A26" w14:textId="77777777" w:rsidR="000B34B8" w:rsidRDefault="000B34B8" w:rsidP="00AF6741">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="471D6B17" w14:textId="03B6B0C5" w:rsidR="005A061F" w:rsidRDefault="000B34B8" w:rsidP="00AF6741">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Dit formulier kunt u mailen naar </w:t>
+          </w:r>
+          <w:hyperlink r:id="rId11" w:history="1">
+            <w:r w:rsidRPr="003B4C29">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>info@avonturijn.nl</w:t>
+            </w:r>
+          </w:hyperlink>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="42534A26" w14:textId="77777777" w:rsidR="000B34B8" w:rsidRDefault="000B34B8" w:rsidP="00AF6741">
-[...35 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2CE6B85D" w14:textId="77777777" w:rsidR="000B34B8" w:rsidRPr="000B34B8" w:rsidRDefault="000B34B8" w:rsidP="00AF6741">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000B34B8" w:rsidRPr="000B34B8" w:rsidSect="006E3287">
-      <w:headerReference w:type="default" r:id="rId19"/>
-      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="851" w:right="1274" w:bottom="284" w:left="1276" w:header="708" w:footer="709" w:gutter="0"/>
       <w:paperSrc w:first="7" w:other="7"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="765"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37E0F5B7" w14:textId="77777777" w:rsidR="00F9043F" w:rsidRDefault="00F9043F">
+    <w:p w14:paraId="7C0E6426" w14:textId="77777777" w:rsidR="00EC7103" w:rsidRDefault="00EC7103">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2ED4522D" w14:textId="77777777" w:rsidR="00F9043F" w:rsidRDefault="00F9043F">
+    <w:p w14:paraId="5733F133" w14:textId="77777777" w:rsidR="00EC7103" w:rsidRDefault="00EC7103">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1433,51 +1504,61 @@
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="62A42DFC" w14:textId="77777777" w:rsidR="00AC4C6F" w:rsidRDefault="00AC4C6F">
+    <w:pPr>
+      <w:pStyle w:val="Voettekst"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="06657C73" w14:textId="77777777" w:rsidR="005A061F" w:rsidRPr="00CF77E7" w:rsidRDefault="005A061F" w:rsidP="00753A97">
     <w:pPr>
       <w:pStyle w:val="Voettekst09"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9356"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CF77E7">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Documenten in </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -1614,123 +1695,143 @@
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00CF77E7">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5F8A9D2D" w14:textId="77777777" w:rsidR="005A061F" w:rsidRDefault="000B34B8" w:rsidP="00753A97">
+  <w:p w14:paraId="5F8A9D2D" w14:textId="77777777" w:rsidR="005A061F" w:rsidRDefault="005A061F" w:rsidP="00753A97">
     <w:pPr>
       <w:pStyle w:val="Voettekst10"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9356"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="005A061F" w:rsidRPr="00033FFC">
+      <w:r w:rsidRPr="00033FFC">
         <w:rPr>
           <w:rStyle w:val="Hyperlink9"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>www.Avonturijn.nl</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68128251" w14:textId="77777777" w:rsidR="00AC4C6F" w:rsidRDefault="00AC4C6F">
+    <w:pPr>
+      <w:pStyle w:val="Voettekst"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2302BE01" w14:textId="77777777" w:rsidR="00F9043F" w:rsidRDefault="00F9043F">
+    <w:p w14:paraId="43A30876" w14:textId="77777777" w:rsidR="00EC7103" w:rsidRDefault="00EC7103">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="202FA21A" w14:textId="77777777" w:rsidR="00F9043F" w:rsidRDefault="00F9043F">
+    <w:p w14:paraId="6C4A6D94" w14:textId="77777777" w:rsidR="00EC7103" w:rsidRDefault="00EC7103">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="49724C0D" w14:textId="77777777" w:rsidR="00AC4C6F" w:rsidRDefault="00AC4C6F">
+    <w:pPr>
+      <w:pStyle w:val="Koptekst"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10143" w:type="dxa"/>
       <w:tblInd w:w="-176" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="92D050"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="8331"/>
       <w:gridCol w:w="1812"/>
     </w:tblGrid>
     <w:tr w:rsidR="005A061F" w:rsidRPr="00060037" w14:paraId="309C34BF" w14:textId="77777777" w:rsidTr="006E3287">
       <w:trPr>
         <w:trHeight w:val="1124"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="8331" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="41269FA2" w14:textId="77777777" w:rsidR="005A061F" w:rsidRPr="006E3287" w:rsidRDefault="005A061F" w:rsidP="00753A97">
+        <w:p w14:paraId="41269FA2" w14:textId="258518A6" w:rsidR="005A061F" w:rsidRPr="006E3287" w:rsidRDefault="005A061F" w:rsidP="00753A97">
           <w:pPr>
             <w:pStyle w:val="Koptekst9"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00CF77E7">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:b/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="nl-NL"/>
             </w:rPr>
             <w:t>Kinderopvang Avonturijn</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:b/>
@@ -1738,190 +1839,194 @@
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="nl-NL"/>
             </w:rPr>
             <w:br/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Klachtenformulier</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:br/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="01C6E09F" w14:textId="77777777" w:rsidR="005A061F" w:rsidRPr="00060037" w:rsidRDefault="005A061F" w:rsidP="00753A97">
+        <w:p w14:paraId="01C6E09F" w14:textId="2318266A" w:rsidR="005A061F" w:rsidRPr="00060037" w:rsidRDefault="005A061F" w:rsidP="00753A97">
           <w:pPr>
             <w:pStyle w:val="Koptekst9"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00CF77E7">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Eigenaar:   </w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="00AC4C6F">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Adviseur IKC &amp; Kwaliteit</w:t>
+            <w:t>Manager bedrijfsvoering</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1812" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="45A3F446" w14:textId="77777777" w:rsidR="005A061F" w:rsidRPr="00060037" w:rsidRDefault="005A061F" w:rsidP="00753A97">
+        <w:p w14:paraId="45A3F446" w14:textId="7C8F0A5E" w:rsidR="005A061F" w:rsidRPr="00060037" w:rsidRDefault="005A061F" w:rsidP="00753A97">
           <w:pPr>
             <w:pStyle w:val="Koptekst9"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="3DDF0A55" w14:textId="77777777" w:rsidR="005A061F" w:rsidRPr="00060037" w:rsidRDefault="005A061F" w:rsidP="00753A97">
           <w:pPr>
             <w:pStyle w:val="Koptekst9"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="73A0635E" w14:textId="77777777" w:rsidR="005A061F" w:rsidRPr="00DC731A" w:rsidRDefault="005A061F" w:rsidP="00753A97">
+  <w:p w14:paraId="73A0635E" w14:textId="7E0F6BD9" w:rsidR="005A061F" w:rsidRPr="00DC731A" w:rsidRDefault="00AC4C6F" w:rsidP="00753A97">
     <w:pPr>
       <w:pStyle w:val="Koptekst9"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="280FC803" wp14:editId="0078D4A4">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67509F6B" wp14:editId="047E9B17">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>3886200</wp:posOffset>
+            <wp:posOffset>3942715</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-882015</wp:posOffset>
+            <wp:posOffset>-791845</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2381250" cy="723900"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="56" name="Afbeelding 2"/>
+          <wp:docPr id="2" name="Afbeelding 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPr id="2" name="Afbeelding 2"/>
                   <pic:cNvPicPr>
-                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" r:link="rId2">
+                  <a:blip r:link="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2381250" cy="723900"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3ADBC66A" w14:textId="77777777" w:rsidR="00AC4C6F" w:rsidRDefault="00AC4C6F">
+    <w:pPr>
+      <w:pStyle w:val="Koptekst"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="353B4773"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AEA44444"/>
     <w:lvl w:ilvl="0" w:tplc="9B78B3EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1776" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D5B06EEA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2496" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2229,139 +2334,144 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7536" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1154756094">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1595556574">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1938369415">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="281"/>
   <w:drawingGridVerticalSpacing w:val="765"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2057"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F14FAA"/>
+    <w:rsid w:val="00062265"/>
     <w:rsid w:val="000B34B8"/>
     <w:rsid w:val="00366E14"/>
     <w:rsid w:val="003C47BC"/>
     <w:rsid w:val="00480983"/>
     <w:rsid w:val="004A2687"/>
     <w:rsid w:val="005A061F"/>
     <w:rsid w:val="005D4692"/>
     <w:rsid w:val="006E3287"/>
     <w:rsid w:val="00753A97"/>
     <w:rsid w:val="008D57F8"/>
     <w:rsid w:val="008F6FEC"/>
+    <w:rsid w:val="00AC4C6F"/>
     <w:rsid w:val="00AF6741"/>
     <w:rsid w:val="00C174C2"/>
     <w:rsid w:val="00D00CB1"/>
     <w:rsid w:val="00D72C41"/>
     <w:rsid w:val="00E83937"/>
+    <w:rsid w:val="00EA2466"/>
+    <w:rsid w:val="00EC7103"/>
+    <w:rsid w:val="00ED1285"/>
     <w:rsid w:val="00EF317A"/>
     <w:rsid w:val="00F14FAA"/>
+    <w:rsid w:val="00F66A22"/>
     <w:rsid w:val="00F9043F"/>
     <w:rsid w:val="00FB10B1"/>
     <w:rsid w:val="00FC0A87"/>
     <w:rsid w:val="00FD4B50"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2057"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3CA64ADE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DEC9A8D2-22D4-46E7-82BA-6CEC8C6D2E80}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -3757,51 +3867,51 @@
     <w:name w:val="Hyperlink_9"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002037F2"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Tekstvantijdelijkeaanduiding">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FB10B1"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="135992179">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="584537487">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4063,160 +4173,104 @@
                     <w:div w:id="917247493">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="45"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="8" w:color="C4C4C4"/>
                         <w:left w:val="single" w:sz="6" w:space="8" w:color="C4C4C4"/>
                         <w:bottom w:val="single" w:sz="6" w:space="8" w:color="C4C4C4"/>
                         <w:right w:val="single" w:sz="6" w:space="8" w:color="C4C4C4"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX4.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@avonturijn.nl" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX6.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX5.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@avonturijn.nl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.Avonturijn.nl" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image002.png@01D71439.3CCE3F80" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="https://avonturijn.nl/downloads/logo-avonturijn.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\sabine\Downloads\Klachtenformulier_2021%20(1).dotx" TargetMode="External"/></Relationships>
-</file>
-[...54 lines deleted...]
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D10-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStorage" r:id="rId1"/>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Algemeen"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{01206266-4021-4E70-BEE1-A963E389BE0A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00630262" w:rsidRDefault="000C033E">
           <w:r w:rsidRPr="009F0DFB">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -4244,98 +4298,114 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C033E"/>
+    <w:rsid w:val="00062265"/>
     <w:rsid w:val="000C033E"/>
     <w:rsid w:val="006108F5"/>
     <w:rsid w:val="00630262"/>
+    <w:rsid w:val="007173CF"/>
+    <w:rsid w:val="00995E03"/>
+    <w:rsid w:val="00F66A22"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4730,51 +4800,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Tekstvantijdelijkeaanduiding">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000C033E"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -5035,92 +5105,385 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100583CCE0A71192140A6948D53B7AC4366" ma:contentTypeVersion="17" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="8b53b2d284f685f33c46d53c3cad2b63">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="426f3d01-f1b4-45a7-811d-5a07d2480d7a" xmlns:ns3="d0b024ff-525f-4ca0-a57a-5a19d8f86a7d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b0bca74adec5368f9197e1a11f32738d" ns2:_="" ns3:_="">
+    <xsd:import namespace="426f3d01-f1b4-45a7-811d-5a07d2480d7a"/>
+    <xsd:import namespace="d0b024ff-525f-4ca0-a57a-5a19d8f86a7d"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="426f3d01-f1b4-45a7-811d-5a07d2480d7a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Afbeeldingtags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="60ef2316-d526-41bd-92cb-c6ecc8f81f33" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d0b024ff-525f-4ca0-a57a-5a19d8f86a7d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{0503067d-54af-4b0b-9e5d-4ac69b37b76d}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d0b024ff-525f-4ca0-a57a-5a19d8f86a7d">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Gedeeld met" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Gedeeld met details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhoudstype"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="426f3d01-f1b4-45a7-811d-5a07d2480d7a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d0b024ff-525f-4ca0-a57a-5a19d8f86a7d" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D4CC7EA-2BE9-4E3D-9279-7B2033DBAAB4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8DD55F2-2115-4CC2-816F-546B09BA1E64}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB4626E8-5BE9-4BDC-BAA1-69C4BD7A3B54}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15F4B47D-48B6-4E4D-8859-D2BD456CAC9D}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Klachtenformulier_2021 (1)</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>163</Words>
-  <Characters>1241</Characters>
+  <Words>191</Words>
+  <Characters>1055</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Voorwoord</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1402</CharactersWithSpaces>
+  <CharactersWithSpaces>1244</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>720980</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.avonturijn.nl/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6553610</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -5136,25 +5499,33 @@
         <vt:lpwstr>cid:image002.png@01D71439.3CCE3F80</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Voorwoord</dc:title>
   <dc:subject/>
   <dc:creator>Sabine van de Kamp</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100583CCE0A71192140A6948D53B7AC4366</vt:lpwstr>
+  </property>
+</Properties>
+</file>